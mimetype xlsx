--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,62 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20395"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Mertens Achim\OneDrive\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{999CEAA4-972B-411D-99C5-D165DDEEE06F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54CE34E4-87FD-4F41-9D3F-B207AE8B28B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Meldeformular neue FTS-Turniere" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="63">
   <si>
     <t>NWDV - Freies Turniersystem</t>
   </si>
   <si>
     <t>Homepage:</t>
   </si>
   <si>
     <t>Hiermit melden wir folgendes Turnier zur Aufnahme in die Rangliste des FTS an:</t>
   </si>
   <si>
     <t>€</t>
   </si>
   <si>
     <t>Boardnutzungsgebühr:</t>
   </si>
   <si>
     <t>Mindestverzehr:</t>
   </si>
   <si>
     <t>Sonstige Gebühr:</t>
@@ -881,62 +886,299 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -947,292 +1189,55 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...211 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
@@ -1565,505 +1570,505 @@
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O44"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="70" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="E8" zoomScale="70" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
       <selection activeCell="V42" sqref="V42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="3.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="3.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="3.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="1"/>
     <col min="10" max="10" width="3.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="12.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="3.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="12.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="3.7109375" style="1" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="20.25" x14ac:dyDescent="0.2">
-      <c r="A1" s="33" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="34"/>
-[...12 lines deleted...]
-      <c r="O1" s="35"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+      <c r="F1" s="113"/>
+      <c r="G1" s="113"/>
+      <c r="H1" s="113"/>
+      <c r="I1" s="113"/>
+      <c r="J1" s="113"/>
+      <c r="K1" s="113"/>
+      <c r="L1" s="113"/>
+      <c r="M1" s="113"/>
+      <c r="N1" s="113"/>
+      <c r="O1" s="114"/>
     </row>
     <row r="2" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A2" s="36" t="s">
+      <c r="A2" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="37"/>
-[...12 lines deleted...]
-      <c r="O2" s="38"/>
+      <c r="B2" s="116"/>
+      <c r="C2" s="116"/>
+      <c r="D2" s="116"/>
+      <c r="E2" s="116"/>
+      <c r="F2" s="116"/>
+      <c r="G2" s="116"/>
+      <c r="H2" s="116"/>
+      <c r="I2" s="116"/>
+      <c r="J2" s="116"/>
+      <c r="K2" s="116"/>
+      <c r="L2" s="116"/>
+      <c r="M2" s="116"/>
+      <c r="N2" s="116"/>
+      <c r="O2" s="117"/>
     </row>
     <row r="3" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="39" t="s">
+      <c r="A3" s="118" t="s">
         <v>23</v>
       </c>
-      <c r="B3" s="40"/>
-[...12 lines deleted...]
-      <c r="O3" s="42"/>
+      <c r="B3" s="119"/>
+      <c r="C3" s="119"/>
+      <c r="D3" s="119"/>
+      <c r="E3" s="120"/>
+      <c r="F3" s="120"/>
+      <c r="G3" s="120"/>
+      <c r="H3" s="120"/>
+      <c r="I3" s="120"/>
+      <c r="J3" s="120"/>
+      <c r="K3" s="120"/>
+      <c r="L3" s="120"/>
+      <c r="M3" s="120"/>
+      <c r="N3" s="120"/>
+      <c r="O3" s="121"/>
     </row>
     <row r="4" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="99" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="28"/>
-[...12 lines deleted...]
-      <c r="O4" s="48"/>
+      <c r="B4" s="100"/>
+      <c r="C4" s="122"/>
+      <c r="D4" s="123"/>
+      <c r="E4" s="124"/>
+      <c r="F4" s="125"/>
+      <c r="G4" s="125"/>
+      <c r="H4" s="126"/>
+      <c r="I4" s="126"/>
+      <c r="J4" s="126"/>
+      <c r="K4" s="126"/>
+      <c r="L4" s="126"/>
+      <c r="M4" s="126"/>
+      <c r="N4" s="126"/>
+      <c r="O4" s="127"/>
     </row>
     <row r="5" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="49" t="s">
+      <c r="A5" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="50"/>
-[...5 lines deleted...]
-      <c r="H5" s="57" t="s">
+      <c r="B5" s="51"/>
+      <c r="C5" s="75"/>
+      <c r="D5" s="76"/>
+      <c r="E5" s="76"/>
+      <c r="F5" s="76"/>
+      <c r="G5" s="77"/>
+      <c r="H5" s="128" t="s">
         <v>26</v>
       </c>
-      <c r="I5" s="58"/>
-[...5 lines deleted...]
-      <c r="O5" s="53"/>
+      <c r="I5" s="129"/>
+      <c r="J5" s="75"/>
+      <c r="K5" s="76"/>
+      <c r="L5" s="76"/>
+      <c r="M5" s="76"/>
+      <c r="N5" s="76"/>
+      <c r="O5" s="77"/>
     </row>
     <row r="6" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="54" t="s">
+      <c r="A6" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="B6" s="55"/>
-[...5 lines deleted...]
-      <c r="H6" s="56" t="s">
+      <c r="B6" s="64"/>
+      <c r="C6" s="75"/>
+      <c r="D6" s="76"/>
+      <c r="E6" s="76"/>
+      <c r="F6" s="76"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="92" t="s">
         <v>1</v>
       </c>
-      <c r="I6" s="55"/>
-[...5 lines deleted...]
-      <c r="O6" s="53"/>
+      <c r="I6" s="64"/>
+      <c r="J6" s="75"/>
+      <c r="K6" s="76"/>
+      <c r="L6" s="76"/>
+      <c r="M6" s="76"/>
+      <c r="N6" s="76"/>
+      <c r="O6" s="77"/>
     </row>
     <row r="7" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="27" t="s">
+      <c r="A7" s="99" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="28"/>
-[...12 lines deleted...]
-      <c r="O7" s="32"/>
+      <c r="B7" s="100"/>
+      <c r="C7" s="109"/>
+      <c r="D7" s="109"/>
+      <c r="E7" s="109"/>
+      <c r="F7" s="109"/>
+      <c r="G7" s="109"/>
+      <c r="H7" s="44"/>
+      <c r="I7" s="44"/>
+      <c r="J7" s="110"/>
+      <c r="K7" s="110"/>
+      <c r="L7" s="110"/>
+      <c r="M7" s="110"/>
+      <c r="N7" s="110"/>
+      <c r="O7" s="111"/>
     </row>
     <row r="8" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="49" t="s">
+      <c r="A8" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="50"/>
-[...5 lines deleted...]
-      <c r="H8" s="56" t="s">
+      <c r="B8" s="51"/>
+      <c r="C8" s="75"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="76"/>
+      <c r="F8" s="76"/>
+      <c r="G8" s="77"/>
+      <c r="H8" s="92" t="s">
         <v>26</v>
       </c>
-      <c r="I8" s="55"/>
-[...5 lines deleted...]
-      <c r="O8" s="53"/>
+      <c r="I8" s="64"/>
+      <c r="J8" s="75"/>
+      <c r="K8" s="76"/>
+      <c r="L8" s="76"/>
+      <c r="M8" s="76"/>
+      <c r="N8" s="76"/>
+      <c r="O8" s="77"/>
     </row>
     <row r="9" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="54" t="s">
+      <c r="A9" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="55"/>
-[...5 lines deleted...]
-      <c r="H9" s="56" t="s">
+      <c r="B9" s="64"/>
+      <c r="C9" s="75"/>
+      <c r="D9" s="76"/>
+      <c r="E9" s="76"/>
+      <c r="F9" s="76"/>
+      <c r="G9" s="77"/>
+      <c r="H9" s="92" t="s">
         <v>29</v>
       </c>
-      <c r="I9" s="55"/>
-[...5 lines deleted...]
-      <c r="O9" s="53"/>
+      <c r="I9" s="64"/>
+      <c r="J9" s="75"/>
+      <c r="K9" s="76"/>
+      <c r="L9" s="76"/>
+      <c r="M9" s="76"/>
+      <c r="N9" s="76"/>
+      <c r="O9" s="77"/>
     </row>
     <row r="10" spans="1:15" s="2" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="49"/>
-[...13 lines deleted...]
-      <c r="O10" s="69"/>
+      <c r="A10" s="46"/>
+      <c r="B10" s="44"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="44"/>
+      <c r="J10" s="82"/>
+      <c r="K10" s="82"/>
+      <c r="L10" s="82"/>
+      <c r="M10" s="82"/>
+      <c r="N10" s="82"/>
+      <c r="O10" s="106"/>
     </row>
     <row r="11" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="70" t="s">
+      <c r="A11" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="71"/>
-[...12 lines deleted...]
-      <c r="O11" s="73"/>
+      <c r="B11" s="41"/>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="107"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="108"/>
     </row>
     <row r="12" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="27" t="s">
+      <c r="A12" s="99" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="28"/>
-[...2 lines deleted...]
-      <c r="E12" s="59"/>
+      <c r="B12" s="100"/>
+      <c r="C12" s="100"/>
+      <c r="D12" s="100"/>
+      <c r="E12" s="101"/>
       <c r="F12" s="3"/>
-      <c r="G12" s="60" t="s">
+      <c r="G12" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="H12" s="61"/>
-[...6 lines deleted...]
-      <c r="O12" s="62"/>
+      <c r="H12" s="73"/>
+      <c r="I12" s="73"/>
+      <c r="J12" s="73"/>
+      <c r="K12" s="73"/>
+      <c r="L12" s="73"/>
+      <c r="M12" s="73"/>
+      <c r="N12" s="73"/>
+      <c r="O12" s="74"/>
     </row>
     <row r="13" spans="1:15" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="27" t="s">
+      <c r="A13" s="99" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="28"/>
-[...2 lines deleted...]
-      <c r="E13" s="59"/>
+      <c r="B13" s="100"/>
+      <c r="C13" s="100"/>
+      <c r="D13" s="100"/>
+      <c r="E13" s="101"/>
       <c r="F13" s="3"/>
-      <c r="G13" s="60"/>
-      <c r="H13" s="63"/>
+      <c r="G13" s="50"/>
+      <c r="H13" s="102"/>
       <c r="I13" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="J13" s="64" t="s">
+      <c r="J13" s="91" t="s">
         <v>3</v>
       </c>
-      <c r="K13" s="65"/>
-[...3 lines deleted...]
-      <c r="O13" s="67"/>
+      <c r="K13" s="103"/>
+      <c r="L13" s="103"/>
+      <c r="M13" s="103"/>
+      <c r="N13" s="104"/>
+      <c r="O13" s="105"/>
     </row>
     <row r="14" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="84" t="s">
+      <c r="A14" s="78" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="85"/>
-[...1 lines deleted...]
-      <c r="D14" s="30" t="s">
+      <c r="B14" s="79"/>
+      <c r="C14" s="80"/>
+      <c r="D14" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="E14" s="30"/>
-[...1 lines deleted...]
-      <c r="G14" s="50"/>
+      <c r="E14" s="44"/>
+      <c r="F14" s="82"/>
+      <c r="G14" s="51"/>
       <c r="H14" s="3"/>
       <c r="I14" s="11" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="3"/>
-      <c r="K14" s="93" t="s">
+      <c r="K14" s="43" t="s">
         <v>35</v>
       </c>
-      <c r="L14" s="30"/>
-      <c r="M14" s="50"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="51"/>
       <c r="N14" s="3"/>
       <c r="O14" s="19"/>
     </row>
     <row r="15" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="94" t="s">
+      <c r="A15" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="95"/>
-[...12 lines deleted...]
-      <c r="O15" s="99"/>
+      <c r="B15" s="54"/>
+      <c r="C15" s="54"/>
+      <c r="D15" s="83"/>
+      <c r="E15" s="83"/>
+      <c r="F15" s="83"/>
+      <c r="G15" s="83"/>
+      <c r="H15" s="53"/>
+      <c r="I15" s="54"/>
+      <c r="J15" s="53"/>
+      <c r="K15" s="54"/>
+      <c r="L15" s="83"/>
+      <c r="M15" s="83"/>
+      <c r="N15" s="84"/>
+      <c r="O15" s="85"/>
     </row>
     <row r="16" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="54" t="s">
+      <c r="A16" s="63" t="s">
         <v>4</v>
       </c>
-      <c r="B16" s="80"/>
-[...1 lines deleted...]
-      <c r="D16" s="100" t="s">
+      <c r="B16" s="70"/>
+      <c r="C16" s="64"/>
+      <c r="D16" s="86" t="s">
         <v>3</v>
       </c>
-      <c r="E16" s="101"/>
-[...2 lines deleted...]
-      <c r="H16" s="103" t="s">
+      <c r="E16" s="87"/>
+      <c r="F16" s="87"/>
+      <c r="G16" s="88"/>
+      <c r="H16" s="89" t="s">
         <v>5</v>
       </c>
-      <c r="I16" s="104"/>
-[...2 lines deleted...]
-      <c r="L16" s="81" t="s">
+      <c r="I16" s="90"/>
+      <c r="J16" s="90"/>
+      <c r="K16" s="91"/>
+      <c r="L16" s="65" t="s">
         <v>3</v>
       </c>
-      <c r="M16" s="82"/>
-[...1 lines deleted...]
-      <c r="O16" s="83"/>
+      <c r="M16" s="66"/>
+      <c r="N16" s="66"/>
+      <c r="O16" s="67"/>
     </row>
     <row r="17" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="63" t="s">
         <v>6</v>
       </c>
-      <c r="B17" s="80"/>
-[...9 lines deleted...]
-      <c r="L17" s="81" t="s">
+      <c r="B17" s="70"/>
+      <c r="C17" s="64"/>
+      <c r="D17" s="75"/>
+      <c r="E17" s="76"/>
+      <c r="F17" s="76"/>
+      <c r="G17" s="76"/>
+      <c r="H17" s="76"/>
+      <c r="I17" s="76"/>
+      <c r="J17" s="76"/>
+      <c r="K17" s="77"/>
+      <c r="L17" s="65" t="s">
         <v>3</v>
       </c>
-      <c r="M17" s="82"/>
-[...1 lines deleted...]
-      <c r="O17" s="83"/>
+      <c r="M17" s="66"/>
+      <c r="N17" s="66"/>
+      <c r="O17" s="67"/>
     </row>
     <row r="18" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="87" t="s">
+      <c r="A18" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="88"/>
-[...12 lines deleted...]
-      <c r="O18" s="92"/>
+      <c r="B18" s="37"/>
+      <c r="C18" s="71"/>
+      <c r="D18" s="72"/>
+      <c r="E18" s="72"/>
+      <c r="F18" s="72"/>
+      <c r="G18" s="72"/>
+      <c r="H18" s="38"/>
+      <c r="I18" s="38"/>
+      <c r="J18" s="72"/>
+      <c r="K18" s="72"/>
+      <c r="L18" s="72"/>
+      <c r="M18" s="38"/>
+      <c r="N18" s="38"/>
+      <c r="O18" s="81"/>
     </row>
     <row r="19" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="54" t="s">
+      <c r="A19" s="63" t="s">
         <v>38</v>
       </c>
-      <c r="B19" s="55"/>
-[...5 lines deleted...]
-      <c r="H19" s="56" t="s">
+      <c r="B19" s="64"/>
+      <c r="C19" s="75"/>
+      <c r="D19" s="76"/>
+      <c r="E19" s="76"/>
+      <c r="F19" s="76"/>
+      <c r="G19" s="77"/>
+      <c r="H19" s="92" t="s">
         <v>39</v>
       </c>
-      <c r="I19" s="55"/>
-[...3 lines deleted...]
-      <c r="M19" s="77" t="s">
+      <c r="I19" s="64"/>
+      <c r="J19" s="93"/>
+      <c r="K19" s="94"/>
+      <c r="L19" s="95"/>
+      <c r="M19" s="96" t="s">
         <v>8</v>
       </c>
-      <c r="N19" s="78"/>
-      <c r="O19" s="79"/>
+      <c r="N19" s="97"/>
+      <c r="O19" s="98"/>
     </row>
     <row r="20" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="54" t="s">
+      <c r="A20" s="63" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="55"/>
-[...3 lines deleted...]
-      <c r="F20" s="105" t="s">
+      <c r="B20" s="64"/>
+      <c r="C20" s="65"/>
+      <c r="D20" s="66"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="G20" s="106"/>
-      <c r="H20" s="80" t="s">
+      <c r="G20" s="69"/>
+      <c r="H20" s="70" t="s">
         <v>10</v>
       </c>
-      <c r="I20" s="55"/>
+      <c r="I20" s="64"/>
       <c r="J20" s="3"/>
-      <c r="K20" s="60"/>
-[...3 lines deleted...]
-      <c r="O20" s="62"/>
+      <c r="K20" s="50"/>
+      <c r="L20" s="73"/>
+      <c r="M20" s="73"/>
+      <c r="N20" s="73"/>
+      <c r="O20" s="74"/>
     </row>
     <row r="21" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="87" t="s">
+      <c r="A21" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B21" s="89"/>
-[...12 lines deleted...]
-      <c r="O21" s="107"/>
+      <c r="B21" s="71"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="72"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="71"/>
+      <c r="G21" s="37"/>
+      <c r="H21" s="71"/>
+      <c r="I21" s="37"/>
+      <c r="J21" s="72"/>
+      <c r="K21" s="37"/>
+      <c r="L21" s="71"/>
+      <c r="M21" s="37"/>
+      <c r="N21" s="71"/>
+      <c r="O21" s="39"/>
     </row>
     <row r="22" spans="1:15" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="20" t="s">
         <v>56</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="9" t="s">
         <v>59</v>
       </c>
       <c r="H22" s="3"/>
       <c r="I22" s="9" t="s">
         <v>60</v>
       </c>
       <c r="J22" s="3"/>
       <c r="K22" s="9" t="s">
         <v>61</v>
       </c>
@@ -2078,544 +2083,544 @@
       <c r="A23" s="21"/>
       <c r="B23" s="14"/>
       <c r="C23" s="6"/>
       <c r="D23" s="12"/>
       <c r="E23" s="6"/>
       <c r="F23" s="12"/>
       <c r="G23" s="6"/>
       <c r="H23" s="12"/>
       <c r="I23" s="6"/>
       <c r="J23" s="12"/>
       <c r="K23" s="6"/>
       <c r="L23" s="12"/>
       <c r="M23" s="6"/>
       <c r="N23" s="12"/>
       <c r="O23" s="22"/>
     </row>
     <row r="24" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="23" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="13" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="7"/>
-      <c r="E24" s="108" t="s">
+      <c r="E24" s="56" t="s">
         <v>45</v>
       </c>
-      <c r="F24" s="108"/>
-[...8 lines deleted...]
-      <c r="O24" s="109"/>
+      <c r="F24" s="56"/>
+      <c r="G24" s="56"/>
+      <c r="H24" s="56"/>
+      <c r="I24" s="56"/>
+      <c r="J24" s="56"/>
+      <c r="K24" s="56"/>
+      <c r="L24" s="56"/>
+      <c r="M24" s="56"/>
+      <c r="N24" s="56"/>
+      <c r="O24" s="57"/>
     </row>
     <row r="25" spans="1:15" s="2" customFormat="1" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="24"/>
       <c r="B25" s="16"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="17"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="25"/>
     </row>
     <row r="26" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="23" t="s">
         <v>42</v>
       </c>
       <c r="B26" s="5"/>
-      <c r="C26" s="110" t="s">
+      <c r="C26" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="D26" s="95"/>
-      <c r="E26" s="111"/>
+      <c r="D26" s="54"/>
+      <c r="E26" s="59"/>
       <c r="F26" s="5"/>
-      <c r="G26" s="110" t="s">
+      <c r="G26" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="H26" s="95"/>
-      <c r="I26" s="108" t="s">
+      <c r="H26" s="54"/>
+      <c r="I26" s="56" t="s">
         <v>46</v>
       </c>
-      <c r="J26" s="108"/>
-[...4 lines deleted...]
-      <c r="O26" s="109"/>
+      <c r="J26" s="56"/>
+      <c r="K26" s="56"/>
+      <c r="L26" s="56"/>
+      <c r="M26" s="56"/>
+      <c r="N26" s="56"/>
+      <c r="O26" s="57"/>
     </row>
     <row r="27" spans="1:15" s="2" customFormat="1" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="24"/>
       <c r="B27" s="16"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="15"/>
       <c r="G27" s="7"/>
       <c r="H27" s="17"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="25"/>
     </row>
     <row r="28" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="5"/>
-      <c r="C28" s="112"/>
-[...2 lines deleted...]
-      <c r="F28" s="110" t="s">
+      <c r="C28" s="60"/>
+      <c r="D28" s="61"/>
+      <c r="E28" s="62"/>
+      <c r="F28" s="58" t="s">
         <v>47</v>
       </c>
-      <c r="G28" s="111"/>
+      <c r="G28" s="59"/>
       <c r="H28" s="5"/>
-      <c r="I28" s="110" t="s">
+      <c r="I28" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="J28" s="95"/>
-      <c r="K28" s="108" t="s">
+      <c r="J28" s="54"/>
+      <c r="K28" s="56" t="s">
         <v>48</v>
       </c>
-      <c r="L28" s="108"/>
-[...2 lines deleted...]
-      <c r="O28" s="109"/>
+      <c r="L28" s="56"/>
+      <c r="M28" s="56"/>
+      <c r="N28" s="56"/>
+      <c r="O28" s="57"/>
     </row>
     <row r="29" spans="1:15" s="2" customFormat="1" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="21"/>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="12"/>
       <c r="E29" s="12"/>
       <c r="F29" s="18"/>
       <c r="G29" s="6"/>
       <c r="H29" s="12"/>
       <c r="I29" s="6"/>
       <c r="J29" s="6"/>
       <c r="K29" s="6"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
       <c r="O29" s="22"/>
     </row>
     <row r="30" spans="1:15" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="70" t="s">
+      <c r="A30" s="40" t="s">
         <v>49</v>
       </c>
-      <c r="B30" s="71"/>
-[...2 lines deleted...]
-      <c r="E30" s="118"/>
+      <c r="B30" s="41"/>
+      <c r="C30" s="41"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="42"/>
       <c r="F30" s="3"/>
-      <c r="G30" s="93"/>
-[...7 lines deleted...]
-      <c r="O30" s="119"/>
+      <c r="G30" s="43"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+      <c r="J30" s="44"/>
+      <c r="K30" s="44"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="44"/>
+      <c r="N30" s="44"/>
+      <c r="O30" s="45"/>
     </row>
     <row r="31" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="87" t="s">
+      <c r="A31" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B31" s="88"/>
-[...12 lines deleted...]
-      <c r="O31" s="107"/>
+      <c r="B31" s="37"/>
+      <c r="C31" s="37"/>
+      <c r="D31" s="37"/>
+      <c r="E31" s="37"/>
+      <c r="F31" s="38"/>
+      <c r="G31" s="37"/>
+      <c r="H31" s="37"/>
+      <c r="I31" s="37"/>
+      <c r="J31" s="37"/>
+      <c r="K31" s="37"/>
+      <c r="L31" s="37"/>
+      <c r="M31" s="37"/>
+      <c r="N31" s="37"/>
+      <c r="O31" s="39"/>
     </row>
     <row r="32" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="49"/>
-[...13 lines deleted...]
-      <c r="O32" s="119"/>
+      <c r="A32" s="46"/>
+      <c r="B32" s="44"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="44"/>
+      <c r="F32" s="44"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+      <c r="J32" s="44"/>
+      <c r="K32" s="44"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="44"/>
+      <c r="N32" s="44"/>
+      <c r="O32" s="45"/>
     </row>
     <row r="33" spans="1:15" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="120" t="s">
+      <c r="A33" s="47" t="s">
         <v>13</v>
       </c>
-      <c r="B33" s="121"/>
-[...12 lines deleted...]
-      <c r="O33" s="122"/>
+      <c r="B33" s="48"/>
+      <c r="C33" s="48"/>
+      <c r="D33" s="48"/>
+      <c r="E33" s="48"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="48"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="48"/>
+      <c r="K33" s="48"/>
+      <c r="L33" s="48"/>
+      <c r="M33" s="48"/>
+      <c r="N33" s="48"/>
+      <c r="O33" s="49"/>
     </row>
     <row r="34" spans="1:15" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="26" t="s">
         <v>50</v>
       </c>
       <c r="B34" s="3"/>
-      <c r="C34" s="60"/>
-      <c r="D34" s="93"/>
+      <c r="C34" s="50"/>
+      <c r="D34" s="43"/>
       <c r="E34" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="8"/>
-      <c r="H34" s="30" t="s">
+      <c r="H34" s="44" t="s">
         <v>52</v>
       </c>
-      <c r="I34" s="50"/>
+      <c r="I34" s="51"/>
       <c r="J34" s="3"/>
-      <c r="K34" s="93"/>
-[...3 lines deleted...]
-      <c r="O34" s="119"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="44"/>
+      <c r="N34" s="44"/>
+      <c r="O34" s="45"/>
     </row>
     <row r="35" spans="1:15" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="94" t="s">
+      <c r="A35" s="52" t="s">
         <v>14</v>
       </c>
-      <c r="B35" s="97"/>
-[...12 lines deleted...]
-      <c r="O35" s="123"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="54"/>
+      <c r="D35" s="54"/>
+      <c r="E35" s="54"/>
+      <c r="F35" s="53"/>
+      <c r="G35" s="54"/>
+      <c r="H35" s="54"/>
+      <c r="I35" s="54"/>
+      <c r="J35" s="53"/>
+      <c r="K35" s="54"/>
+      <c r="L35" s="54"/>
+      <c r="M35" s="54"/>
+      <c r="N35" s="54"/>
+      <c r="O35" s="55"/>
     </row>
     <row r="36" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="115" t="s">
+      <c r="A36" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B36" s="116"/>
-[...12 lines deleted...]
-      <c r="O36" s="117"/>
+      <c r="B36" s="28"/>
+      <c r="C36" s="28"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="28"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="28"/>
+      <c r="I36" s="28"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="28"/>
+      <c r="M36" s="28"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="29"/>
     </row>
     <row r="37" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="115" t="s">
+      <c r="A37" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B37" s="116"/>
-[...12 lines deleted...]
-      <c r="O37" s="117"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="28"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="28"/>
+      <c r="I37" s="28"/>
+      <c r="J37" s="28"/>
+      <c r="K37" s="28"/>
+      <c r="L37" s="28"/>
+      <c r="M37" s="28"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="29"/>
     </row>
     <row r="38" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="115" t="s">
+      <c r="A38" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B38" s="116"/>
-[...12 lines deleted...]
-      <c r="O38" s="117"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="28"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="29"/>
     </row>
     <row r="39" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="115" t="s">
+      <c r="A39" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B39" s="116"/>
-[...12 lines deleted...]
-      <c r="O39" s="117"/>
+      <c r="B39" s="28"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="28"/>
+      <c r="N39" s="28"/>
+      <c r="O39" s="29"/>
     </row>
     <row r="40" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="115" t="s">
+      <c r="A40" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="116"/>
-[...12 lines deleted...]
-      <c r="O40" s="117"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="28"/>
+      <c r="I40" s="28"/>
+      <c r="J40" s="28"/>
+      <c r="K40" s="28"/>
+      <c r="L40" s="28"/>
+      <c r="M40" s="28"/>
+      <c r="N40" s="28"/>
+      <c r="O40" s="29"/>
     </row>
     <row r="41" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="115" t="s">
+      <c r="A41" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="116"/>
-[...12 lines deleted...]
-      <c r="O41" s="117"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+      <c r="I41" s="28"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+      <c r="M41" s="28"/>
+      <c r="N41" s="28"/>
+      <c r="O41" s="29"/>
     </row>
     <row r="42" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="115" t="s">
+      <c r="A42" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B42" s="116"/>
-[...12 lines deleted...]
-      <c r="O42" s="117"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+      <c r="I42" s="28"/>
+      <c r="J42" s="28"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+      <c r="M42" s="28"/>
+      <c r="N42" s="28"/>
+      <c r="O42" s="29"/>
     </row>
     <row r="43" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="124" t="s">
+      <c r="A43" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="B43" s="125"/>
-[...6 lines deleted...]
-      <c r="I43" s="125" t="s">
+      <c r="B43" s="31"/>
+      <c r="C43" s="31"/>
+      <c r="D43" s="31"/>
+      <c r="E43" s="31"/>
+      <c r="F43" s="31"/>
+      <c r="G43" s="31"/>
+      <c r="H43" s="31"/>
+      <c r="I43" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="J43" s="125"/>
-[...4 lines deleted...]
-      <c r="O43" s="128"/>
+      <c r="J43" s="31"/>
+      <c r="K43" s="31"/>
+      <c r="L43" s="31"/>
+      <c r="M43" s="31"/>
+      <c r="N43" s="31"/>
+      <c r="O43" s="34"/>
     </row>
     <row r="44" spans="1:15" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="126"/>
-[...13 lines deleted...]
-      <c r="O44" s="129"/>
+      <c r="A44" s="32"/>
+      <c r="B44" s="33"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="33"/>
+      <c r="E44" s="33"/>
+      <c r="F44" s="33"/>
+      <c r="G44" s="33"/>
+      <c r="H44" s="33"/>
+      <c r="I44" s="33"/>
+      <c r="J44" s="33"/>
+      <c r="K44" s="33"/>
+      <c r="L44" s="33"/>
+      <c r="M44" s="33"/>
+      <c r="N44" s="33"/>
+      <c r="O44" s="35"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="79">
-    <mergeCell ref="A40:O40"/>
-[...47 lines deleted...]
-    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="H7:O7"/>
+    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="E4:O4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="J5:O5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:O6"/>
+    <mergeCell ref="H5:I5"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="G12:O12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="J13:O13"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C8:G8"/>
     <mergeCell ref="C9:G9"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J8:O8"/>
     <mergeCell ref="J9:O9"/>
     <mergeCell ref="A10:O10"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:E12"/>
-    <mergeCell ref="A7:G7"/>
-[...13 lines deleted...]
-    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:L19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="D17:K17"/>
+    <mergeCell ref="L17:O17"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A18:O18"/>
+    <mergeCell ref="K14:M14"/>
+    <mergeCell ref="D14:G14"/>
+    <mergeCell ref="A15:O15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="D16:G16"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="H16:K16"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="A21:O21"/>
+    <mergeCell ref="K20:O20"/>
+    <mergeCell ref="E24:O24"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="I26:O26"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="K28:O28"/>
+    <mergeCell ref="A37:O37"/>
+    <mergeCell ref="A38:O38"/>
+    <mergeCell ref="A39:O39"/>
+    <mergeCell ref="A31:O31"/>
+    <mergeCell ref="A30:E30"/>
+    <mergeCell ref="G30:O30"/>
+    <mergeCell ref="A32:O32"/>
+    <mergeCell ref="A33:O33"/>
+    <mergeCell ref="K34:O34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A36:O36"/>
+    <mergeCell ref="A40:O40"/>
+    <mergeCell ref="A41:O41"/>
+    <mergeCell ref="A42:O42"/>
+    <mergeCell ref="A43:H44"/>
+    <mergeCell ref="I43:O44"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59027777777777779" right="0.19652777777777777" top="0.78680555555555554" bottom="1.1812499999999999" header="0.19652777777777777" footer="0.51180555555555551"/>
   <pageSetup paperSize="9" scale="65" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Fett"&amp;18Nordrhein-Westfälischer Dartverband e.V.
 &amp;14FTS-Stelle&amp;"Arial,Standard"&amp;10 &amp;"Arial,Kursiv"(Anschrift s. Fußzeile)</oddHeader>
     <oddFooter>&amp;CFTS-Stelle NWDV, c/o Achim Mertens
-WBurgbongert.16, 41199 M'gladbach, Tel. +49151 / 15639247, eMail: fts@nwdv.com
-Bankverbindung: NWDV e.V., Stadtsparkasse Dortmund, 
+Burgbongert.16, 41199 M'gladbach, Tel. +49151 / 15639247, eMail: fts@nwdv.com
+Bankverbindung: Nordrhein-Westfälischer Dartverband e.V. ( NWDV ), Stadtsparkasse Dortmund, 
 &amp;"Arial,Fett"IBAN: DE98 4405 0199 0151 0095 14</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Meldeformular neue FTS-Turniere</vt:lpstr>
     </vt:vector>